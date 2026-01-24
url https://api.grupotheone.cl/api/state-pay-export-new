--- v0 (2025-12-06)
+++ v1 (2026-01-24)
@@ -22,51 +22,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="226">
   <si>
     <t>The One SpA</t>
   </si>
   <si>
     <t>Estimación de Facturación</t>
   </si>
   <si>
-    <t>Estimación de Estados de Pago al 2025-12-06</t>
+    <t>Estimación de Estados de Pago al 2026-01-24</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Cliente</t>
   </si>
   <si>
     <t>Nombre Proyecto</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Estado de Pago En Trabajo</t>
   </si>
   <si>
     <t>Inicio Estado de Pago</t>
   </si>
   <si>
     <t>Término Estado de Pago</t>
   </si>
   <si>
     <t>Facturación Estimada</t>
   </si>