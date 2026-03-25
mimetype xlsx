--- v1 (2026-01-24)
+++ v2 (2026-03-25)
@@ -14,728 +14,227 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="226">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>The One SpA</t>
   </si>
   <si>
     <t>Estimación de Facturación</t>
   </si>
   <si>
-    <t>Estimación de Estados de Pago al 2026-01-24</t>
+    <t>Estimación de Estados de Pago al 2026-03-25</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Cliente</t>
   </si>
   <si>
     <t>Nombre Proyecto</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Estado de Pago En Trabajo</t>
   </si>
   <si>
     <t>Inicio Estado de Pago</t>
   </si>
   <si>
     <t>Término Estado de Pago</t>
   </si>
   <si>
     <t>Facturación Estimada</t>
   </si>
   <si>
     <t>Constructora Terra S.A.</t>
   </si>
   <si>
     <t>Edificio Aviador Acevedo 1644</t>
   </si>
   <si>
     <t>Obra 21 Edificio Aviador Acevedo 1644</t>
   </si>
   <si>
     <t>Mar-2023</t>
   </si>
   <si>
     <t>01-03-2023</t>
   </si>
   <si>
     <t>31-03-2023</t>
   </si>
   <si>
-    <t>EMPRESA CONSTRUCTORA RISOPATRON Y DE LA CUADRA LTDA</t>
-[...5 lines deleted...]
-    <t>Edificio Espoz, Vitacura</t>
+    <t>CONSTRUCTORA DE VICENTE</t>
+  </si>
+  <si>
+    <t>AGROSUPER</t>
   </si>
   <si>
     <t>Ene-2023</t>
   </si>
   <si>
     <t>01-01-2023</t>
   </si>
   <si>
     <t>31-01-2023</t>
   </si>
   <si>
+    <t>Estadio Nacional Polideportivo</t>
+  </si>
+  <si>
+    <t>Andamios Multidireccional 60 ml</t>
+  </si>
+  <si>
+    <t>Abr-2023</t>
+  </si>
+  <si>
+    <t>01-04-2023</t>
+  </si>
+  <si>
+    <t>30-04-2023</t>
+  </si>
+  <si>
+    <t>Ampliación Mall viña del mar</t>
+  </si>
+  <si>
+    <t>R50012 Espacio Urbano 15 Norte</t>
+  </si>
+  <si>
+    <t>Jul-2023</t>
+  </si>
+  <si>
+    <t>01-07-2023</t>
+  </si>
+  <si>
+    <t>31-07-2023</t>
+  </si>
+  <si>
     <t>INGENIERIA Y CONSTRUCCION GGL LIMITADA</t>
   </si>
   <si>
-    <t>COLEGIO MEDICO</t>
-[...98 lines deleted...]
-    <t>SOLO PARA PRBAR MATERIALES Y OPCIONES NUEVAS... NO EMITIR GUIAS NI FACTURAR</t>
+    <t>Florida center</t>
+  </si>
+  <si>
+    <t>Ene-2024</t>
+  </si>
+  <si>
+    <t>01-01-2024</t>
+  </si>
+  <si>
+    <t>31-01-2024</t>
+  </si>
+  <si>
+    <t>Puerto Octay</t>
+  </si>
+  <si>
+    <t>Chile- 3 Quilicura</t>
+  </si>
+  <si>
+    <t>TECTON EDIFICACION SPA</t>
+  </si>
+  <si>
+    <t>EDIFICIO MALAGA</t>
+  </si>
+  <si>
+    <t>EDP 1</t>
+  </si>
+  <si>
+    <t>01-06-2024</t>
+  </si>
+  <si>
+    <t>30-06-2024</t>
+  </si>
+  <si>
+    <t>Complejo Fronterizo Pichachen</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
-    <t>Espoz Ejes IO - I / 1 - 2</t>
-[...227 lines deleted...]
-    <t>30-06-2024</t>
+    <t>INGENIERIA Y CONSTRUCCION PUERTO OCTAY SPA</t>
+  </si>
+  <si>
+    <t>DATA CENTER SCALA LAMPA</t>
+  </si>
+  <si>
+    <t>Maestranza Industrial Cabrero Spa</t>
+  </si>
+  <si>
+    <t>Montaje nuevo BLOW TANK CMPC Planta Laja</t>
+  </si>
+  <si>
+    <t>DUVA SPA</t>
+  </si>
+  <si>
+    <t>La pintana</t>
+  </si>
+  <si>
+    <t>CONSTRUCTORA TERRATEC LTDA.</t>
+  </si>
+  <si>
+    <t>Strip Center Pedro Fontova</t>
+  </si>
+  <si>
+    <t>CONSTRUCTORA JULIO CESAR VENEGAS CIFUENTES E.I.R.L.</t>
+  </si>
+  <si>
+    <t>ISLA JUAN FERNANDEZ</t>
+  </si>
+  <si>
+    <t>Colegio Insular Robinson Crusoe</t>
   </si>
   <si>
     <t>Constructora Campos de Chile SpA</t>
   </si>
   <si>
-    <t>AVANZA PARK CAUPOLICAN</t>
-[...263 lines deleted...]
-    <t>ISLA JUAN FERNANDEZ</t>
+    <t>AVANZA PARK LO ESPEJO NAVE 3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00_-"/>
   </numFmts>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1211,62 +710,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z102"/>
+  <dimension ref="A1:Z23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3:Z3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="9"/>
-    <col min="2" max="2" width="77" bestFit="true" customWidth="true" style="9"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="154" bestFit="true" customWidth="true" style="9"/>
+    <col min="2" max="2" width="72" bestFit="true" customWidth="true" style="9"/>
+    <col min="3" max="3" width="56" bestFit="true" customWidth="true" style="9"/>
+    <col min="4" max="4" width="52" bestFit="true" customWidth="true" style="9"/>
     <col min="5" max="5" width="35" bestFit="true" customWidth="true" style="9"/>
     <col min="6" max="6" width="30" bestFit="true" customWidth="true" style="9"/>
     <col min="7" max="7" width="31" bestFit="true" customWidth="true" style="9"/>
     <col min="8" max="8" width="29" bestFit="true" customWidth="true" style="9"/>
     <col min="9" max="9" width="1" bestFit="true" customWidth="true" style="9"/>
     <col min="10" max="10" width="9.10" style="9"/>
     <col min="11" max="11" width="9.10" style="9"/>
     <col min="12" max="12" width="9.10" style="9"/>
     <col min="13" max="13" width="9.10" style="9"/>
     <col min="14" max="14" width="9.10" style="9"/>
     <col min="15" max="15" width="9.10" style="9"/>
     <col min="16" max="16" width="9.10" style="9"/>
     <col min="17" max="17" width="9.10" style="9"/>
     <col min="18" max="18" width="9.10" style="9"/>
     <col min="19" max="19" width="9.10" style="9"/>
     <col min="20" max="20" width="9.10" style="9"/>
     <col min="21" max="21" width="9.10" style="9"/>
     <col min="22" max="22" width="9.10" style="9"/>
     <col min="23" max="23" width="9.10" style="9"/>
     <col min="24" max="24" width="9.10" style="9"/>
     <col min="25" max="25" width="9.10" style="9"/>
     <col min="26" max="26" width="9.10" style="9"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
@@ -1424,2190 +923,374 @@
       <c r="Z8" s="9"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="2">
         <v>60</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="8">
-        <v>833546.38</v>
+        <v>813690.88</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="2">
-        <v>73</v>
+        <v>139</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="D10" s="2" t="s">
+      <c r="D10" s="2"/>
+      <c r="E10" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="E10" s="2" t="s">
+      <c r="F10" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="F10" s="5" t="s">
+      <c r="G10" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="G10" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H10" s="8">
-        <v>427431.1</v>
+        <v>5343783.0</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="2">
-        <v>107</v>
+        <v>195</v>
       </c>
       <c r="B11" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="D11" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="C11" s="2" t="s">
+      <c r="E11" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="D11" s="2" t="s">
+      <c r="F11" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="E11" s="2" t="s">
+      <c r="G11" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="F11" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H11" s="8">
-        <v>851524.8</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="2">
-        <v>108</v>
+        <v>225</v>
       </c>
       <c r="B12" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E12" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="C12" s="2" t="s">
+      <c r="F12" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="D12" s="2" t="s">
+      <c r="G12" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="E12" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H12" s="8">
-        <v>4557900.0</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="2">
-        <v>123</v>
+        <v>256</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="F13" s="5" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="G13" s="5" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="H13" s="8">
-        <v>0.0</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="2">
-        <v>124</v>
+        <v>272</v>
       </c>
       <c r="B14" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F14" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="C14" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G14" s="5" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="H14" s="8">
-        <v>0.0</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="2">
-        <v>131</v>
+        <v>274</v>
       </c>
       <c r="B15" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F15" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="C15" s="2" t="s">
+      <c r="G15" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D15" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H15" s="8">
-        <v>397592.0</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="2">
-        <v>136</v>
+        <v>316</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D16" s="2"/>
-      <c r="E16" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E16" s="2"/>
       <c r="F16" s="5" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="G16" s="5" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="H16" s="8">
-        <v>616954.0</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="2">
-        <v>139</v>
+        <v>337</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D17" s="2"/>
-      <c r="E17" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E17" s="2"/>
       <c r="F17" s="5" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="G17" s="5" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="H17" s="8">
-        <v>5343783.0</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="2">
-        <v>144</v>
+        <v>355</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="D18" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D18" s="2"/>
+      <c r="E18" s="2"/>
       <c r="F18" s="5" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="G18" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="H18" s="8">
-        <v>698555.0</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="2">
-        <v>147</v>
+        <v>357</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D19" s="2"/>
-      <c r="E19" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E19" s="2"/>
       <c r="F19" s="5" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="G19" s="5" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="H19" s="8">
-        <v>911295.0</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="2">
-        <v>153</v>
+        <v>358</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="5" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="G20" s="5" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="H20" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="2">
-        <v>165</v>
+        <v>359</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>59</v>
-[...6 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2"/>
       <c r="F21" s="5" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="G21" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="H21" s="8">
-        <v>351075.0</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="2">
-        <v>166</v>
+        <v>361</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>61</v>
-[...6 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
       <c r="F22" s="5" t="s">
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="G22" s="5" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
       <c r="H22" s="8">
-        <v>96345.0</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="2">
-        <v>170</v>
+        <v>363</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>65</v>
-[...6 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="D23" s="2"/>
+      <c r="E23" s="2"/>
       <c r="F23" s="5" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="G23" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="H23" s="8">
-        <v>388008.0</v>
-[...1784 lines deleted...]
-      <c r="H102" s="8">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 